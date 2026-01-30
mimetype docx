--- v0 (2025-11-25)
+++ v1 (2026-01-30)
@@ -1,391 +1,216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="600327C7" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985" w:rsidP="000E4AD6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE172F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registration form for individual members and contact persons of groups</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7419EA50" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985" w:rsidP="000E4AD6">
+    <w:p w14:paraId="7419EA50" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985" w:rsidP="000E4AD6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:color w:val="0000FF"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE172F">
+      <w:r w:rsidRPr="002E6078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:color w:val="0000FF"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Formulaire d’inscription pour les membres individuels et pour les personnes de contact au sein des groupes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213EE3EB" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985" w:rsidP="000E4AD6">
+    <w:p w14:paraId="213EE3EB" w14:textId="39123CA0" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985" w:rsidP="000E4AD6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...155 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="04BA74BC" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
       <w:pPr>
         <w:pStyle w:val="Anbefalingsrkkenr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="001CF2EB" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985" w:rsidP="00490536">
+    <w:p w14:paraId="001CF2EB" w14:textId="089E7F83" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985" w:rsidP="00490536">
       <w:pPr>
         <w:pStyle w:val="Anbefalingsrkkenr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE172F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Type or block </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DE172F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>letters</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DE172F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE172F">
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dactylographié ou en </w:t>
+      </w:r>
+      <w:r w:rsidR="00800195" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>majuscules</w:t>
+      </w:r>
+      <w:r w:rsidR="00800195" w:rsidRPr="00DE172F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">dactylographié ou en </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t>Escribir a máquina o con mayúsculas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="719FD1B2" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
       <w:pPr>
         <w:pStyle w:val="Anbefalingsrkkenr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE172F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -446,109 +271,89 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B3C9FF1" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Family name </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FD08F3A" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Nom de </w:t>
+          <w:p w14:paraId="7FD08F3A" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Nom de famille</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="7F13AA7D" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          </w:p>
+          <w:p w14:paraId="7F13AA7D" w14:textId="201E03FF" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE172F">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8930" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="30807885" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="120"/>
@@ -639,109 +444,102 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29BC9D16" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">First name(s) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43E314FB" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
-[...6 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w14:paraId="43E314FB" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Prénom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79A8BFAA" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="79A8BFAA" w14:textId="797B9C25" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE172F">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4420" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="59CDDED5" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="0"/>
@@ -771,111 +569,103 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4302FF4A" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="4302FF4A" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:color w:val="0000FF"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Féminin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="65089179" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="65089179" w14:textId="2811B367" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE172F">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="14C1B5C3" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="0"/>
@@ -914,127 +704,121 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidR="00867985" w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D4A4022" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00C4206A">
+          <w:p w14:paraId="0D4A4022" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00C4206A">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:color w:val="0000FF"/>
-[...8 lines deleted...]
-                <w:color w:val="0000FF"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00867985" w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidR="00867985" w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Masculin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="748B1AA9" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00C4206A">
+          <w:p w14:paraId="748B1AA9" w14:textId="1996D806" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00C4206A">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>Masculino</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="178ABC15" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="0"/>
@@ -1125,217 +909,186 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r w:rsidR="00800195">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/Town</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C64BA77" w14:textId="77777777" w:rsidR="00E87774" w:rsidRPr="00DE172F" w:rsidRDefault="00800195">
-[...6 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w14:paraId="2C64BA77" w14:textId="77777777" w:rsidR="00E87774" w:rsidRPr="002E6078" w:rsidRDefault="00800195">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="00E87774" w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidR="00E87774" w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>dresse</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/Ville</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F5220ED" w14:textId="77777777" w:rsidR="00E87774" w:rsidRDefault="00E87774">
+          <w:p w14:paraId="7CC5F8B0" w14:textId="57907AA0" w:rsidR="00800195" w:rsidRPr="00800195" w:rsidRDefault="00800195">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="51E27AE9" w14:textId="77777777" w:rsidR="00E87774" w:rsidRPr="00DE172F" w:rsidRDefault="00E87774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="789229F6" w14:textId="77777777" w:rsidR="00E87774" w:rsidRPr="00DE172F" w:rsidRDefault="00E87774">
+          <w:p w14:paraId="789229F6" w14:textId="13F6FB17" w:rsidR="00E87774" w:rsidRPr="00DE172F" w:rsidRDefault="00E87774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>Country/Pays/Pais</w:t>
+              <w:t>Country/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Pays</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E87774" w:rsidRPr="00DE172F" w14:paraId="17DA69E2" w14:textId="77777777" w:rsidTr="00BF28F4">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D294BF5" w14:textId="77777777" w:rsidR="00E87774" w:rsidRPr="00DE172F" w:rsidRDefault="00E87774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1470,97 +1223,89 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C7BF4AD" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="00DE172F" w:rsidRDefault="00556D42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A6668E3" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="00DE172F" w:rsidRDefault="00556D42">
-[...15 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w14:paraId="7A6668E3" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="002E6078" w:rsidRDefault="00556D42">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Courrier</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45D2B6B7" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="00DE172F" w:rsidRDefault="00556D42">
+          <w:p w14:paraId="45D2B6B7" w14:textId="3A29258B" w:rsidR="00556D42" w:rsidRPr="00DE172F" w:rsidRDefault="00556D42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE172F">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4401" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="3FB853D6" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="00DE172F" w:rsidRDefault="00556D42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
@@ -1582,199 +1327,192 @@
           <w:p w14:paraId="1D750BEA" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="00DE172F" w:rsidRDefault="00556D42" w:rsidP="006D00F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="2E56DB50" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="00DE172F" w:rsidRDefault="000E4AD6" w:rsidP="006D00F8">
+          <w:p w14:paraId="2E56DB50" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="002E6078" w:rsidRDefault="000E4AD6" w:rsidP="006D00F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:color w:val="0000FF"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidR="00556D42" w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidR="00556D42" w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>éléphone</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="55285498" w14:textId="77777777" w:rsidR="00556D42" w:rsidRDefault="00556D42" w:rsidP="006D00F8">
+          <w:p w14:paraId="55285498" w14:textId="23C21F00" w:rsidR="00556D42" w:rsidRDefault="00556D42" w:rsidP="006D00F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE172F">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="07421E78" w14:textId="77777777" w:rsidR="00E2377C" w:rsidRPr="00DE172F" w:rsidRDefault="00E2377C" w:rsidP="006D00F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="0E978D81" w14:textId="77777777" w:rsidR="00556D42" w:rsidRPr="00490536" w:rsidRDefault="00490536" w:rsidP="00C4206A">
+          <w:p w14:paraId="0E978D81" w14:textId="77777777" w:rsidR="00556D42" w:rsidRDefault="00490536" w:rsidP="00C4206A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:ind w:right="-249"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490536">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Home:</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5B94DEB3" w14:textId="77777777" w:rsidR="00A901C1" w:rsidRPr="00490536" w:rsidRDefault="00A901C1" w:rsidP="00C4206A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:ind w:right="-249"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="671C5245" w14:textId="77777777" w:rsidR="00490536" w:rsidRDefault="00490536" w:rsidP="00C4206A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:ind w:right="-249"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490536">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Mobile:</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p w14:paraId="74539078" w14:textId="5F166823" w:rsidR="00E2377C" w:rsidRPr="00DE172F" w:rsidRDefault="00E2377C" w:rsidP="00C4206A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:ind w:right="-249"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00867985" w:rsidRPr="00DE172F" w14:paraId="7DBD906D" w14:textId="77777777" w:rsidTr="00BF28F4">
         <w:trPr>
           <w:trHeight w:val="118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
@@ -1888,167 +1626,138 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23D33740" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="23D33740" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:color w:val="0000FF"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          Français   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="78FB5A41" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3626" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DC25ECE" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="5DC25ECE" w14:textId="1A00F6C1" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                 </w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>Español</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1247" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="04BBF3F5" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -2134,117 +1843,89 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4ED86098" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date of  birth</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DFE8E78" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
-[...15 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w14:paraId="5DFE8E78" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date de naissance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09AC76FA" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="09AC76FA" w14:textId="32070575" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE172F">
-[...28 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="385CFF15" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2280,232 +1961,209 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">cout/Guide </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76DF4BFE" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
-[...6 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w14:paraId="76DF4BFE" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00054066" w:rsidRPr="00DE172F">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidR="00054066" w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>coute/</w:t>
             </w:r>
-            <w:r w:rsidR="00054066" w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidR="00054066" w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE172F">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">uide </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F733C24" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="6F733C24" w14:textId="52692DF3" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE172F">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32D72E6F" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">from </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="041D2DD2" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
-[...14 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w14:paraId="041D2DD2" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E738E6E" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="6E738E6E" w14:textId="281491F4" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE172F">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="622BF431" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2520,1120 +2178,954 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B43DABC" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE172F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="052B3D76" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
-[...15 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w14:paraId="052B3D76" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00867985">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6078">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>à</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66E17F34" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
+          <w:p w14:paraId="66E17F34" w14:textId="60B280B7" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE172F">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="73D9D597" w14:textId="77777777" w:rsidR="00867985" w:rsidRPr="00DE172F" w:rsidRDefault="00867985">
             <w:pPr>
               <w:pStyle w:val="Anbefalingsrkkenr"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3165"/>
               </w:tabs>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="70AEF38B" w14:textId="77777777" w:rsidR="00BF28F4" w:rsidRPr="00BA47AF" w:rsidRDefault="00BF28F4" w:rsidP="006A6484">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02C20FA4" w14:textId="4F2E90B6" w:rsidR="00867985" w:rsidRDefault="00BF28F4" w:rsidP="006A6484">
+    <w:p w14:paraId="09B10D18" w14:textId="77777777" w:rsidR="002E6078" w:rsidRPr="002E6078" w:rsidRDefault="00BF28F4" w:rsidP="006A6484">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA47AF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">I wish to be registered as a member of Central Branch CB). I agree with the principles and aims of the International Scout and Guide Fellowship. The annual fee (in euro) for all CB members is pending on the GNP in their country: Cat. A </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">I wish to be registered as a member of Central Branch CB). I agree with the principles and aims of the International Scout and Guide Fellowship. The annual fee (in euro) for all CB members is pending on the GNP in their country: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C20FA4" w14:textId="39133AB8" w:rsidR="00867985" w:rsidRPr="002E6078" w:rsidRDefault="00BF28F4" w:rsidP="006A6484">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3165"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cat</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:r w:rsidR="00800195" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>€</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA47AF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2,</w:t>
       </w:r>
-      <w:r w:rsidR="00186B53">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A901C1" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>51</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Cat. B </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>, Cat</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>egory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B </w:t>
+      </w:r>
+      <w:r w:rsidR="00800195" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>€</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA47AF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1,</w:t>
       </w:r>
-      <w:r w:rsidR="00186B53">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A901C1" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>68</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00186B53" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Cat. C </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and Cat</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C </w:t>
+      </w:r>
+      <w:r w:rsidR="00800195" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>€</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA47AF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>0,</w:t>
       </w:r>
-      <w:r w:rsidR="00186B53">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00186B53" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>83</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A901C1" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per person. An invoice will be sent each year to the registered member in the actual category of the country. Please return this form (preferably by e-mail as an attachment) to the Central Branch coordinator and a membership card will be issued.</w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per person. An invoice will be sent each year to the registered member in the actual category of the country. Please return this form (preferably by e-mail as an attachment) to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A901C1" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>World Bureau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and a membership card will be issued.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69DEA8AB" w14:textId="77777777" w:rsidR="00C0434A" w:rsidRPr="00BA47AF" w:rsidRDefault="00C0434A" w:rsidP="006A6484">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DF99AC4" w14:textId="761E763F" w:rsidR="00BF28F4" w:rsidRDefault="00BF28F4" w:rsidP="006A6484">
+    <w:p w14:paraId="1DF99AC4" w14:textId="07F20DD5" w:rsidR="00BF28F4" w:rsidRPr="002E6078" w:rsidRDefault="00BF28F4" w:rsidP="006A6484">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF28F4">
+      <w:r w:rsidRPr="002E6078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Je souhaite être affilié(e) à la Branche centrale (BC). J’accepte les principes et buts de l’Amitié Internationale Scout et Guide. Le taux de cotisation annuelle (en Euros) applicable aux membres de la Branche Centrale est basé sur le PIB de leurs pays: Cat A </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00186B53">
+        <w:t>Je souhaite être affilié(e) à la Branche centrale (BC). J’accepte les principes et buts de l’Amitié Internationale Scout et Guide. Le taux de cotisation annuelle (en Euros) applicable aux membres de la Branche Centrale est basé sur le PIB de leurs pays: Cat</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>2,51</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BF28F4">
+        <w:t>égorie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>€; Cat B 1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00186B53">
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:r w:rsidR="00186B53" w:rsidRPr="002E6078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>68</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BF28F4">
+        <w:t>2,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A901C1" w:rsidRPr="002E6078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>€ ; Cat C 0.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00186B53">
+        <w:t xml:space="preserve">66€ ; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>83</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BF28F4">
+        <w:t>Cat</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6078">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="3333FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>égorie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A901C1" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00186B53" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>€ ; Cat</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>égorie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C 0.</w:t>
+      </w:r>
+      <w:r w:rsidR="00186B53" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A901C1" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>€ par individu. Les membres inscrits recevront une facture annelle établie en fonction de la catégorie du pays. Merci de bien vouloir retourner ce formulaire (de préférence par courriel en pièce jointe) à la Coordinatrice de la Branche Centrale qui vous remettra votre carte d’affiliation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB3183D" w14:textId="77777777" w:rsidR="00C0434A" w:rsidRPr="00BF28F4" w:rsidRDefault="00C0434A" w:rsidP="006A6484">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70B59720" w14:textId="387D279F" w:rsidR="00BF28F4" w:rsidRDefault="00BF28F4" w:rsidP="006A6484">
-[...289 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0173A4F5" w14:textId="77777777" w:rsidR="00A94F01" w:rsidRDefault="00A94F01" w:rsidP="006A6484">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C8C0812" w14:textId="1DC0E79A" w:rsidR="00A94F01" w:rsidRPr="004306BE" w:rsidRDefault="00A94F01" w:rsidP="006A6484">
+    <w:p w14:paraId="4C8C0812" w14:textId="25E34F80" w:rsidR="00A94F01" w:rsidRPr="002E6078" w:rsidRDefault="00A94F01" w:rsidP="006A6484">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3165"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004306BE">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Update</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004306BE">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00186B53">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00186B53" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00186B53">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00186B53" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>January</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00186B53">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00186B53" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A901C1" w:rsidRPr="002E6078">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A94F01" w:rsidRPr="004306BE" w:rsidSect="00460D5F">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:sectPr w:rsidR="00A94F01" w:rsidRPr="002E6078" w:rsidSect="00460D5F">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="257"/>
       <w:pgMar w:top="680" w:right="680" w:bottom="680" w:left="680" w:header="709" w:footer="851" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6777592D" w14:textId="77777777" w:rsidR="0058410B" w:rsidRDefault="0058410B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1AA4D6AE" w14:textId="77777777" w:rsidR="0058410B" w:rsidRDefault="0058410B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...25 lines deleted...]
-  <w:p w14:paraId="255B99D4" w14:textId="77777777" w:rsidR="00755D75" w:rsidRDefault="00A3591A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="146249FB" w14:textId="77777777" w:rsidR="00FD6CC6" w:rsidRDefault="00FD6CC6" w:rsidP="004D0F20">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00DE172F">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>C</w:t>
+      <w:t>ISGF World Bureau</w:t>
     </w:r>
-    <w:r w:rsidR="00D2565C" w:rsidRPr="00DE172F">
+  </w:p>
+  <w:p w14:paraId="1A58F537" w14:textId="21E9760B" w:rsidR="004D0F20" w:rsidRPr="004D0F20" w:rsidRDefault="004D0F20" w:rsidP="004D0F20">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">entral </w:t>
-[...1 lines deleted...]
-    <w:r w:rsidRPr="00DE172F">
+    </w:pPr>
+    <w:r w:rsidRPr="004D0F20">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>B</w:t>
+      <w:t>Avenue des Arts 6 • B-1210 Bruxelles • Belgique</w:t>
     </w:r>
-    <w:r w:rsidR="00D2565C" w:rsidRPr="00DE172F">
+  </w:p>
+  <w:p w14:paraId="61C3FC32" w14:textId="79AD3DEE" w:rsidR="004D0F20" w:rsidRPr="004D0F20" w:rsidRDefault="004D0F20" w:rsidP="004D0F20">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>ranch</w:t>
-[...1 lines deleted...]
-    <w:r w:rsidRPr="00DE172F">
+    </w:pPr>
+    <w:r w:rsidRPr="004D0F20">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>Tel</w:t>
+    </w:r>
+    <w:r w:rsidR="00FD6CC6">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00755D75" w:rsidRPr="00DE172F">
+    <w:r w:rsidRPr="004D0F20">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>c</w:t>
+      <w:t>+</w:t>
     </w:r>
-    <w:r w:rsidRPr="00DE172F">
+    <w:r w:rsidR="00FD6CC6">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">oordinator Leny Doelman, </w:t>
+      <w:t>32 (0) 2 3133908</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00DE172F">
+    <w:r w:rsidRPr="004D0F20">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>Soestdijkerstraatweg</w:t>
+      <w:t xml:space="preserve"> • E-mail worldbureau@isgf.org • http://www.isgf.org</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...48 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="036693DA" w14:textId="77777777" w:rsidR="0058410B" w:rsidRDefault="0058410B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="49B76861" w14:textId="77777777" w:rsidR="0058410B" w:rsidRDefault="0058410B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:jc w:val="right"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1769"/>
       <w:gridCol w:w="5899"/>
       <w:gridCol w:w="3094"/>
     </w:tblGrid>
     <w:tr w:rsidR="009863A2" w:rsidRPr="00A47DF9" w14:paraId="0A54EA7F" w14:textId="77777777" w:rsidTr="00A47DF9">
       <w:trPr>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1769" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="045DE97B" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="00186B53" w:rsidP="00A47DF9">
+        <w:p w14:paraId="045DE97B" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="002E6078" w:rsidP="00A47DF9">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:pict w14:anchorId="06EDCFCC">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
@@ -3642,365 +3134,364 @@
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:75.5pt;height:75.5pt">
                 <v:imagedata r:id="rId1" o:title="Central Branch color"/>
               </v:shape>
             </w:pict>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5899" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="21D2C357" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="009863A2">
+        <w:p w14:paraId="1F8BCBA1" w14:textId="77777777" w:rsidR="00A901C1" w:rsidRDefault="00A901C1" w:rsidP="009863A2">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="21D2C357" w14:textId="2373763D" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="009863A2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A47DF9">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>International Scout and Guide Fellowship</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="2D9CA82A" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="009863A2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="6DEC18A4" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="009863A2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00A47DF9">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t xml:space="preserve">Amitié </w:t>
+            <w:t>Amitié</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00A47DF9">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00A47DF9">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Internationale</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="00A47DF9">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00A47DF9">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Scoute</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="00A47DF9">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve"> et Guide</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="157A2D10" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="009863A2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="0B1F7E6E" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="00384EBA" w:rsidP="009863A2">
+        <w:p w14:paraId="0B1F7E6E" w14:textId="014D1FBD" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="009863A2">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="es-AR"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A47DF9">
-[...6 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3094" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="5241FD9A" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
+        <w:p w14:paraId="60F6E7C3" w14:textId="77777777" w:rsidR="00A901C1" w:rsidRDefault="00A901C1" w:rsidP="00A47DF9">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="5241FD9A" w14:textId="510FA9EE" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A47DF9">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Central Branch</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="48AAED43" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="605D07E4" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
+        <w:p w14:paraId="605D07E4" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A901C1" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
-              <w:color w:val="0000FF"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A47DF9">
+          <w:r w:rsidRPr="00A901C1">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
-              <w:color w:val="0000FF"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Branche centrale</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="6C04ACE3" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="0A69725C" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
+        <w:p w14:paraId="0A69725C" w14:textId="06C7361C" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A47DF9">
-[...7 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="009863A2" w:rsidRPr="00A47DF9" w14:paraId="141A77E7" w14:textId="77777777" w:rsidTr="00A47DF9">
       <w:trPr>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10762" w:type="dxa"/>
           <w:gridSpan w:val="3"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="76B4D104" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="00A47DF9">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:pBdr>
               <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
             </w:pBdr>
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
               <w:b/>
               <w:color w:val="0000FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="11C38037" w14:textId="77777777" w:rsidR="009863A2" w:rsidRPr="00A47DF9" w:rsidRDefault="009863A2" w:rsidP="005703FF">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
               <w:b/>
               <w:color w:val="0000FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="56769C0D" w14:textId="77777777" w:rsidR="00A3591A" w:rsidRPr="0049607C" w:rsidRDefault="00A3591A" w:rsidP="00F46167">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E06198F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D6C844C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Anbefalingsrkkenr"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1627738751">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#9fc"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
@@ -4025,153 +3516,159 @@
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0049607C"/>
     <w:rsid w:val="0004299E"/>
     <w:rsid w:val="00054066"/>
     <w:rsid w:val="000926D7"/>
     <w:rsid w:val="000A66CF"/>
     <w:rsid w:val="000B299C"/>
     <w:rsid w:val="000E4AD6"/>
     <w:rsid w:val="000F54C1"/>
     <w:rsid w:val="00106573"/>
     <w:rsid w:val="001649D8"/>
     <w:rsid w:val="00186B53"/>
     <w:rsid w:val="0029720C"/>
+    <w:rsid w:val="002E6078"/>
     <w:rsid w:val="00327162"/>
     <w:rsid w:val="00384EBA"/>
     <w:rsid w:val="003D5055"/>
     <w:rsid w:val="004306BE"/>
     <w:rsid w:val="00460D5F"/>
     <w:rsid w:val="00471E58"/>
     <w:rsid w:val="00490536"/>
     <w:rsid w:val="0049607C"/>
     <w:rsid w:val="00496414"/>
+    <w:rsid w:val="004D0F20"/>
     <w:rsid w:val="004D4606"/>
     <w:rsid w:val="00556D42"/>
     <w:rsid w:val="005703FF"/>
     <w:rsid w:val="0058410B"/>
+    <w:rsid w:val="005B1460"/>
     <w:rsid w:val="006123B4"/>
     <w:rsid w:val="0063537B"/>
     <w:rsid w:val="006A6484"/>
     <w:rsid w:val="006D00F8"/>
     <w:rsid w:val="006D16A1"/>
     <w:rsid w:val="006E6CBD"/>
     <w:rsid w:val="00752CEB"/>
     <w:rsid w:val="00755D75"/>
     <w:rsid w:val="0076695D"/>
     <w:rsid w:val="00800195"/>
     <w:rsid w:val="00813FCA"/>
     <w:rsid w:val="00867985"/>
     <w:rsid w:val="00893ECA"/>
     <w:rsid w:val="008C787B"/>
     <w:rsid w:val="00917306"/>
     <w:rsid w:val="00922D74"/>
     <w:rsid w:val="009575D6"/>
     <w:rsid w:val="009741AF"/>
     <w:rsid w:val="009863A2"/>
     <w:rsid w:val="00A079C9"/>
     <w:rsid w:val="00A3591A"/>
     <w:rsid w:val="00A47DF9"/>
     <w:rsid w:val="00A514CB"/>
+    <w:rsid w:val="00A901C1"/>
     <w:rsid w:val="00A94F01"/>
     <w:rsid w:val="00AB08B7"/>
     <w:rsid w:val="00B36995"/>
     <w:rsid w:val="00BA47AF"/>
     <w:rsid w:val="00BB2C45"/>
     <w:rsid w:val="00BC2D7B"/>
     <w:rsid w:val="00BE1CF1"/>
     <w:rsid w:val="00BF28F4"/>
     <w:rsid w:val="00C0434A"/>
     <w:rsid w:val="00C4206A"/>
     <w:rsid w:val="00C912F6"/>
     <w:rsid w:val="00CD1DEA"/>
     <w:rsid w:val="00CE17A5"/>
     <w:rsid w:val="00D15A9B"/>
     <w:rsid w:val="00D2565C"/>
     <w:rsid w:val="00DC621F"/>
     <w:rsid w:val="00DC6B70"/>
     <w:rsid w:val="00DE172F"/>
     <w:rsid w:val="00DE5621"/>
     <w:rsid w:val="00DF51AB"/>
     <w:rsid w:val="00E2377C"/>
     <w:rsid w:val="00E26E68"/>
     <w:rsid w:val="00E41DEC"/>
     <w:rsid w:val="00E67EBE"/>
     <w:rsid w:val="00E87237"/>
     <w:rsid w:val="00E87774"/>
     <w:rsid w:val="00F4334C"/>
     <w:rsid w:val="00F46167"/>
+    <w:rsid w:val="00F700E4"/>
     <w:rsid w:val="00F80389"/>
     <w:rsid w:val="00F84115"/>
     <w:rsid w:val="00F85A6A"/>
+    <w:rsid w:val="00FD6CC6"/>
     <w:rsid w:val="00FF0979"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#9fc"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="584DD38D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{079EDE4A-D328-474B-BDE7-FF639D65143E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -4653,64 +4150,60 @@
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00460D5F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00460D5F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="da-DK" w:eastAsia="da-DK"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -4967,78 +4460,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>387</Words>
-  <Characters>2207</Characters>
+  <Words>267</Words>
+  <Characters>1526</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>                                                             </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Forsvarskommandoen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2589</CharactersWithSpaces>
+  <CharactersWithSpaces>1790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6160444</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:l.doelman@isgf.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>